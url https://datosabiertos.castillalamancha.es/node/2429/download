--- v0 (2025-11-13)
+++ v1 (2026-01-20)
@@ -1,1195 +1,730 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...3 lines deleted...]
-  </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19170" windowHeight="6900" activeTab="1"/>
+    <workbookView xWindow="240" yWindow="135" windowWidth="22515" windowHeight="8775"/>
   </bookViews>
   <sheets>
-    <sheet name="Octubre" sheetId="1" r:id="rId1"/>
-    <sheet name="Noviembre" sheetId="2" r:id="rId2"/>
+    <sheet name="Enero" sheetId="1" r:id="rId1"/>
+    <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
+    <sheet name="Hoja3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Noviembre!$A$1:$F$101</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Octubre!$A$1:$F$109</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Enero!$A$1:$G$92</definedName>
   </definedNames>
-  <calcPr calcId="125725"/>
+  <calcPr calcId="125725" iterateDelta="1E-4"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1097" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="166">
   <si>
     <t xml:space="preserve">Fecha </t>
   </si>
   <si>
     <t>Horario</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>Lugar de la Colecta</t>
   </si>
   <si>
     <t>Observaciones</t>
   </si>
   <si>
-    <t>Jueves, 2 Octubre, 2025</t>
+    <t>Viernes, 2 Enero, 2026</t>
+  </si>
+  <si>
+    <t>10:00-14:00</t>
+  </si>
+  <si>
+    <t>CIUDAD REAL</t>
+  </si>
+  <si>
+    <t>Centro Comercial E.Leclerc</t>
+  </si>
+  <si>
+    <t>17:00-21:00</t>
+  </si>
+  <si>
+    <t>MORAL DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>Centro de Salud</t>
+  </si>
+  <si>
+    <t>Miércoles, 7 Enero, 2026</t>
+  </si>
+  <si>
+    <t>17:30-21:00</t>
+  </si>
+  <si>
+    <t>VILLANUEVA DE LOS INFANTES</t>
+  </si>
+  <si>
+    <t>Jueves, 8 Enero, 2026</t>
+  </si>
+  <si>
+    <t>18:00-21:00</t>
+  </si>
+  <si>
+    <t>FUENTE EL FRESNO</t>
+  </si>
+  <si>
+    <t>CORRAL DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>Lunes, 12 Enero, 2026</t>
+  </si>
+  <si>
+    <t>SOLANA,LA</t>
+  </si>
+  <si>
+    <t>Martes, 13 Enero, 2026</t>
+  </si>
+  <si>
+    <t>Miércoles, 14 Enero, 2026</t>
+  </si>
+  <si>
+    <t>Jueves, 15 Enero, 2026</t>
+  </si>
+  <si>
+    <t>09:30-13:30</t>
+  </si>
+  <si>
+    <t>PUERTOLLANO</t>
+  </si>
+  <si>
+    <t>IES Virgen de Gracia</t>
+  </si>
+  <si>
+    <t>Lunes, 19 Enero, 2026</t>
+  </si>
+  <si>
+    <t>17:30-21:30</t>
+  </si>
+  <si>
+    <t>POZUELO DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>Martes, 20 Enero, 2026</t>
+  </si>
+  <si>
+    <t>ARGAMASILLA DE ALBA</t>
+  </si>
+  <si>
+    <t>Miércoles, 21 Enero, 2026</t>
+  </si>
+  <si>
+    <t>CAMPO DE CRIPTANA</t>
+  </si>
+  <si>
+    <t>Jueves, 22 Enero, 2026</t>
+  </si>
+  <si>
+    <t>SANTA CRUZ DE MUDELA</t>
+  </si>
+  <si>
+    <t>Centro Cultural</t>
+  </si>
+  <si>
+    <t>Colegio Salesianos</t>
+  </si>
+  <si>
+    <t>Lunes, 26 Enero, 2026</t>
+  </si>
+  <si>
+    <t>MANZANARES</t>
+  </si>
+  <si>
+    <t>Hospital de Manzanares</t>
+  </si>
+  <si>
+    <t>ALCAZAR DE SAN JUAN</t>
+  </si>
+  <si>
+    <t>Martes, 27 Enero, 2026</t>
+  </si>
+  <si>
+    <t>Miércoles, 28 Enero, 2026</t>
+  </si>
+  <si>
+    <t>Jueves, 29 Enero, 2026</t>
+  </si>
+  <si>
+    <t>VALDEPEÑAS</t>
+  </si>
+  <si>
+    <t>DONACIÓN DE PLASMA</t>
+  </si>
+  <si>
+    <t>Hospital de Puertollano</t>
+  </si>
+  <si>
+    <t>Hospital de Alcázar</t>
+  </si>
+  <si>
+    <t>Hospital de Valdepeñas</t>
   </si>
   <si>
     <t>17:30-20:30</t>
   </si>
   <si>
-    <t>Cuenca</t>
+    <t>FUENTE-ALAMO</t>
+  </si>
+  <si>
+    <t>CASA DE LA CULTURA</t>
+  </si>
+  <si>
+    <t>ALPERA</t>
+  </si>
+  <si>
+    <t>SALÓN C.C.A.</t>
+  </si>
+  <si>
+    <t>RODA,LA</t>
+  </si>
+  <si>
+    <t>CASAS DE JUAN NUÑEZ</t>
+  </si>
+  <si>
+    <t>CEIP "SAN PEDRO APOSTOL"</t>
+  </si>
+  <si>
+    <t>BALAZOTE</t>
+  </si>
+  <si>
+    <t>CENTRO CULTURAL "MARÍA GUERRERO"</t>
+  </si>
+  <si>
+    <t>09:30-13:00</t>
+  </si>
+  <si>
+    <t>ALBACETE</t>
+  </si>
+  <si>
+    <t>MAESTRANZA AÉREA</t>
+  </si>
+  <si>
+    <t>ONTUR</t>
+  </si>
+  <si>
+    <t>AYUNTAMIENTO - CLUB DE JUBILADOS</t>
+  </si>
+  <si>
+    <t>ALMANSA</t>
+  </si>
+  <si>
+    <t>HELLIN</t>
+  </si>
+  <si>
+    <t>09:00-12:30</t>
+  </si>
+  <si>
+    <t>AIRBUS HELICOPTERS</t>
+  </si>
+  <si>
+    <t>MONTEALEGRE DEL CASTILLO</t>
+  </si>
+  <si>
+    <t>BARRAX</t>
+  </si>
+  <si>
+    <t>AYUNTAMIENTO - SALÓN DE ACTOS</t>
+  </si>
+  <si>
+    <t>VILLARROBLEDO</t>
+  </si>
+  <si>
+    <t>Sangre total y plasma</t>
+  </si>
+  <si>
+    <t>LA CAJA BLANCA</t>
+  </si>
+  <si>
+    <t>CENTRO DE MAYORES "ONCE DE MARZO"</t>
+  </si>
+  <si>
+    <t>HOSPITAL - CONSULTAS EXTERNAS</t>
+  </si>
+  <si>
+    <t>CENTRO DE SALUD</t>
+  </si>
+  <si>
+    <t>17:00-20:30</t>
+  </si>
+  <si>
+    <t>PUEBLA DE MONTALBAN,LA</t>
+  </si>
+  <si>
+    <t>16:30-21:00</t>
+  </si>
+  <si>
+    <t>SAN ROMAN DE LOS MONTES</t>
+  </si>
+  <si>
+    <t>CASA DE CULTURA</t>
+  </si>
+  <si>
+    <t>YEBENES,LOS</t>
+  </si>
+  <si>
+    <t>16:00-20:00</t>
+  </si>
+  <si>
+    <t>NOBLEJAS</t>
+  </si>
+  <si>
+    <t>ALBERCHE DEL CAUDILLO</t>
+  </si>
+  <si>
+    <t>CONSULTORIO MÉDICO</t>
+  </si>
+  <si>
+    <t>AÑOVER DE TAJO</t>
+  </si>
+  <si>
+    <t>Viernes, 9 Enero, 2026</t>
+  </si>
+  <si>
+    <t>ALAMEDA DE LA SAGRA</t>
+  </si>
+  <si>
+    <t>MADRIDEJOS</t>
+  </si>
+  <si>
+    <t>SEGURILLA</t>
+  </si>
+  <si>
+    <t>PUEBLA DE ALMORADIEL,LA</t>
+  </si>
+  <si>
+    <t>PUENTE DEL ARZOBISPO,EL</t>
+  </si>
+  <si>
+    <t>BOROX</t>
+  </si>
+  <si>
+    <t>CAMARENA</t>
+  </si>
+  <si>
+    <t>Viernes, 16 Enero, 2026</t>
+  </si>
+  <si>
+    <t>VELADA</t>
+  </si>
+  <si>
+    <t>VALMOJADO</t>
+  </si>
+  <si>
+    <t>ILLESCAS</t>
+  </si>
+  <si>
+    <t>YUNCLER</t>
+  </si>
+  <si>
+    <t>CENTRO MUNICIPAL "EL PRADO"</t>
+  </si>
+  <si>
+    <t>PUEBLANUEVA,LA</t>
+  </si>
+  <si>
+    <t>CENTRO SOCIAL</t>
+  </si>
+  <si>
+    <t>CEDILLO DEL CONDADO</t>
+  </si>
+  <si>
+    <t>VILLANUEVA DE ALCARDETE</t>
+  </si>
+  <si>
+    <t>CENTRO CULTURAL</t>
+  </si>
+  <si>
+    <t>GALVEZ</t>
+  </si>
+  <si>
+    <t>Viernes, 23 Enero, 2026</t>
+  </si>
+  <si>
+    <t>NAVALCAN</t>
+  </si>
+  <si>
+    <t>ORGAZ</t>
+  </si>
+  <si>
+    <t>CENTRO DE DÍA</t>
+  </si>
+  <si>
+    <t>VILLA DE DON FADRIQUE,LA</t>
+  </si>
+  <si>
+    <t>NUMANCIA DE LA SAGRA</t>
+  </si>
+  <si>
+    <t>HOGAR DEL JUBILADO</t>
+  </si>
+  <si>
+    <t>09:00-14:00</t>
+  </si>
+  <si>
+    <t>TALAVERA DE LA REINA</t>
+  </si>
+  <si>
+    <t>KONECTA - PASILLO CENTRAL</t>
+  </si>
+  <si>
+    <t>TEMBLEQUE</t>
+  </si>
+  <si>
+    <t>VILLARRUBIA DE SANTIAGO</t>
+  </si>
+  <si>
+    <t>SALÓN DE PLENOS</t>
+  </si>
+  <si>
+    <t>YEPES</t>
+  </si>
+  <si>
+    <t>VILLAFRANCA DE LOS CABALLEROS</t>
+  </si>
+  <si>
+    <t>CENTRO JOVEN</t>
+  </si>
+  <si>
+    <t>NAVALMORALES,LOS</t>
+  </si>
+  <si>
+    <t>MUESO DEL ACEITE</t>
+  </si>
+  <si>
+    <t>RECAS</t>
+  </si>
+  <si>
+    <t>Viernes, 30 Enero, 2026</t>
+  </si>
+  <si>
+    <t>YELES</t>
+  </si>
+  <si>
+    <t>TOLEDO</t>
+  </si>
+  <si>
+    <t>Donación de plasma</t>
+  </si>
+  <si>
+    <t>AYUNTAMIENTO - S.EXPOSICIONES</t>
+  </si>
+  <si>
+    <t>CENTRO CÍVICO</t>
+  </si>
+  <si>
+    <t>CASA CULTURAL "LA VILLA"</t>
+  </si>
+  <si>
+    <t>SALÓN POLIVALENTE</t>
+  </si>
+  <si>
+    <t>ESPACIO DE CREACIÓN JOVEN</t>
+  </si>
+  <si>
+    <t>SALÓN DEL AYUNTAMIENTO</t>
+  </si>
+  <si>
+    <t>CENTRO CULTURAL "CALDERÓN DE LA BARCA"</t>
   </si>
   <si>
     <t>QUINTANAR DEL REY</t>
   </si>
   <si>
     <t>Auditorio Pedro Chumillas</t>
   </si>
   <si>
-    <t>Martes, 7 Octubre, 2025</t>
+    <t>MOTA DEL CUERVO</t>
+  </si>
+  <si>
+    <t>Centro de Mayores</t>
+  </si>
+  <si>
+    <t>MOTILLA DEL PALANCAR</t>
+  </si>
+  <si>
+    <t>HONRUBIA</t>
+  </si>
+  <si>
+    <t>Casa de la Cultura</t>
+  </si>
+  <si>
+    <t>TARANCON</t>
+  </si>
+  <si>
+    <t>Centro de Especialidades</t>
+  </si>
+  <si>
+    <t>VILLANUEVA DE LA JARA</t>
+  </si>
+  <si>
+    <t>Centro de Día</t>
+  </si>
+  <si>
+    <t>CASASIMARRO</t>
   </si>
   <si>
     <t>18:00-20:30</t>
   </si>
   <si>
-    <t>VILLAMAYOR DE SANTIAGO</t>
-[...23 lines deleted...]
-    <t>10:00-13:00</t>
+    <t>BELMONTE</t>
   </si>
   <si>
     <t>CUENCA</t>
   </si>
   <si>
-    <t>UCLM - Edificio Gil de Albornoz</t>
-[...250 lines deleted...]
-  <si>
     <t>BRIHUEGA</t>
   </si>
   <si>
     <t>CENTRO MÉDICO</t>
   </si>
   <si>
     <t>YUNQUERA DE HENARES</t>
   </si>
   <si>
     <t>CENTRO CULTURAL MIGUEL DE CERVANTES</t>
   </si>
   <si>
+    <t>CABANILLAS DEL CAMPO</t>
+  </si>
+  <si>
+    <t>AZUQUECA DE HENARES</t>
+  </si>
+  <si>
+    <t>CENTRO RÍO HENARES</t>
+  </si>
+  <si>
     <t>EL CASAR</t>
   </si>
   <si>
-    <t>TRILLO</t>
-[...1 lines deleted...]
-  <si>
     <t>VILLANUEVA DE LA TORRE</t>
   </si>
   <si>
     <t>CENTRO DE DÍA VICTORIA KENT</t>
   </si>
   <si>
     <t>GUADALAJARA</t>
-  </si>
-[...562 lines deleted...]
-    <t>CENTRO MUNICIPAL EL PRADO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="4" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <fonts count="1">
     <font>
-      <sz val="10"/>
-      <name val="Arial"/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <family val="2"/>
-    </font>
-[...17 lines deleted...]
-      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
-    </fill>
-[...10 lines deleted...]
-      </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Excel Built-in Normal" xfId="1"/>
+  <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Sin nombre3" xfId="2"/>
-    <cellStyle name="Sin nombre6" xfId="3"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -1321,3821 +856,1740 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F109"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:F92"/>
   <sheetViews>
-    <sheetView topLeftCell="A43" workbookViewId="0">
-      <selection activeCell="F72" sqref="F72"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A45" sqref="A45:XFD52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="24.7109375" style="1" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="16384" width="11.42578125" style="1"/>
+    <col min="1" max="1" width="27.28515625" style="2" customWidth="1"/>
+    <col min="2" max="2" width="10.85546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15" style="2" customWidth="1"/>
+    <col min="4" max="4" width="33.7109375" style="2" customWidth="1"/>
+    <col min="5" max="5" width="42.42578125" style="2" customWidth="1"/>
+    <col min="6" max="6" width="21.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:6">
+      <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>6</v>
       </c>
-      <c r="B2" s="1" t="s">
+      <c r="B2" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" s="1" customFormat="1">
+      <c r="A15" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="1" t="s">
+      <c r="C15" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D2" s="1" t="s">
+      <c r="D15" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="E2" s="3" t="s">
+    </row>
+    <row r="16" spans="1:6" s="1" customFormat="1">
+      <c r="A16" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="C16" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="E16" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="C3" s="1" t="s">
+    </row>
+    <row r="17" spans="1:6" s="1" customFormat="1">
+      <c r="A17" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="D3" s="1" t="s">
+      <c r="D17" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="1" customFormat="1">
+      <c r="A18" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="1" customFormat="1">
+      <c r="A19" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" s="1" customFormat="1">
+      <c r="A20" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="1" customFormat="1">
+      <c r="A21" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" s="1" customFormat="1">
+      <c r="A22" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" s="1" customFormat="1">
+      <c r="A23" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" s="1" customFormat="1">
+      <c r="A24" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="1" customFormat="1">
+      <c r="A25" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="1" customFormat="1">
+      <c r="A26" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" s="1" customFormat="1">
+      <c r="A27" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" s="1" customFormat="1">
+      <c r="A28" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" s="1" customFormat="1">
+      <c r="A29" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" s="1" customFormat="1">
+      <c r="A30" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" s="1" customFormat="1">
+      <c r="A31" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="1" customFormat="1">
+      <c r="A32" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" s="1" customFormat="1">
+      <c r="A33" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" s="1" customFormat="1">
+      <c r="A34" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" s="1" customFormat="1">
+      <c r="A35" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" s="1" customFormat="1">
+      <c r="A36" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="E3" s="1" t="s">
+      <c r="B38" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E87" s="2" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="4" spans="1:6" x14ac:dyDescent="0.2">
-[...162 lines deleted...]
-      <c r="A14" s="2" t="s">
+    <row r="88" spans="1:6">
+      <c r="A88" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B14" s="1" t="s">
-[...5 lines deleted...]
-      <c r="D14" s="1" t="s">
+      <c r="B88" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="E14" s="3" t="s">
-[...300 lines deleted...]
-      <c r="D31" s="1" t="s">
+      <c r="B89" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="E31" s="1" t="s">
-[...16 lines deleted...]
-      <c r="E32" s="1" t="s">
+      <c r="C89" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B90" s="2" t="s">
         <v>81</v>
       </c>
-    </row>
-[...21 lines deleted...]
-      <c r="B34" s="1" t="s">
+      <c r="C90" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="C34" s="1" t="s">
-[...402 lines deleted...]
-      <c r="D57" s="1" t="s">
+      <c r="F91" s="1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="E92" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="E57" s="1" t="s">
-[...939 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F109"/>
+  <autoFilter ref="A1:G92"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:F101"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
-[...1796 lines deleted...]
-  <autoFilter ref="A1:F101"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetData/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-[...1 lines deleted...]
-      <vt:lpstr>Noviembre</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>Enero</vt:lpstr>
+      <vt:lpstr>Hoja2</vt:lpstr>
+      <vt:lpstr>Hoja3</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nchd01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>