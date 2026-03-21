--- v1 (2026-01-20)
+++ v2 (2026-03-21)
@@ -1,67 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\estadistica nacional\Estadistica 2026 Nacional\PORTAL DE TRANSPARENCIA\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="240" yWindow="135" windowWidth="22515" windowHeight="8775"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="8265" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="Enero" sheetId="1" r:id="rId1"/>
-    <sheet name="Hoja2" sheetId="2" r:id="rId2"/>
-    <sheet name="Hoja3" sheetId="3" r:id="rId3"/>
+    <sheet name="Febrero" sheetId="2" r:id="rId2"/>
+    <sheet name="Marzo" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Enero!$A$1:$G$92</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Febrero!$A$1:$G$101</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Marzo!$A$1:$G$111</definedName>
   </definedNames>
-  <calcPr calcId="125725" iterateDelta="1E-4"/>
+  <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1626" uniqueCount="389">
   <si>
     <t xml:space="preserve">Fecha </t>
   </si>
   <si>
     <t>Horario</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>Lugar de la Colecta</t>
   </si>
   <si>
     <t>Observaciones</t>
   </si>
   <si>
     <t>Viernes, 2 Enero, 2026</t>
   </si>
   <si>
     <t>10:00-14:00</t>
   </si>
   <si>
@@ -515,216 +523,895 @@
     <t>YUNQUERA DE HENARES</t>
   </si>
   <si>
     <t>CENTRO CULTURAL MIGUEL DE CERVANTES</t>
   </si>
   <si>
     <t>CABANILLAS DEL CAMPO</t>
   </si>
   <si>
     <t>AZUQUECA DE HENARES</t>
   </si>
   <si>
     <t>CENTRO RÍO HENARES</t>
   </si>
   <si>
     <t>EL CASAR</t>
   </si>
   <si>
     <t>VILLANUEVA DE LA TORRE</t>
   </si>
   <si>
     <t>CENTRO DE DÍA VICTORIA KENT</t>
   </si>
   <si>
     <t>GUADALAJARA</t>
+  </si>
+  <si>
+    <t>Martes, 3 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>PEDROÑERAS,LAS</t>
+  </si>
+  <si>
+    <t>Jueves, 5 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>SAN CLEMENTE</t>
+  </si>
+  <si>
+    <t>EMPE Felipe VI</t>
+  </si>
+  <si>
+    <t>Martes, 10 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>10:00-13:00</t>
+  </si>
+  <si>
+    <t>UCLM - Edificio Gil de Albornoz</t>
+  </si>
+  <si>
+    <t>Martes, 17 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>LANDETE</t>
+  </si>
+  <si>
+    <t>Miércoles, 18 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>MINGLANILLA</t>
+  </si>
+  <si>
+    <t>Martes, 24 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>HORCAJO DE SANTIAGO</t>
+  </si>
+  <si>
+    <t>Casa de La Cadena</t>
+  </si>
+  <si>
+    <t>Miércoles, 25 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>VILLAMAYOR DE SANTIAGO</t>
+  </si>
+  <si>
+    <t>Lunes, 2 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>Miércoles, 4 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>TARAZONA DE LA MANCHA</t>
+  </si>
+  <si>
+    <t>COMISARÍA DEL C.N.P. - SALÓN DE ACTOS</t>
+  </si>
+  <si>
+    <t>Lunes, 9 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>16:00-19:30</t>
+  </si>
+  <si>
+    <t>ALCARAZ</t>
+  </si>
+  <si>
+    <t>Miércoles, 11 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>Jueves, 12 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>CAUDETE</t>
+  </si>
+  <si>
+    <t>Lunes, 16 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>TOBARRA</t>
+  </si>
+  <si>
+    <t>P.E. CAMPOLLANO - OFICINA DE ADECA</t>
+  </si>
+  <si>
+    <t>COMANDANCIA DE LA GUARDIA CIVIL</t>
+  </si>
+  <si>
+    <t>Jueves, 19 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>Lunes, 23 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>UCLM - FACULTAD DE DERECHO</t>
+  </si>
+  <si>
+    <t>VALDEGANGA</t>
+  </si>
+  <si>
+    <t>Jueves, 26 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>VILLAMALEA</t>
+  </si>
+  <si>
+    <t>CINE SANCHIZ</t>
+  </si>
+  <si>
+    <t>MUSEO DE LA CUCHILLERÍA (Campaña "Donar es amar" - Escuelas Católicas)</t>
+  </si>
+  <si>
+    <t>CENTRO SOCIOCULTAL "LA SALA"</t>
+  </si>
+  <si>
+    <t>VILLARRUBIA DE LOS OJOS</t>
+  </si>
+  <si>
+    <t>IES Hernán Pérez</t>
+  </si>
+  <si>
+    <t>ARGAMASILLA DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>IES El Torreón</t>
+  </si>
+  <si>
+    <t>VILLARTA DE SAN JUAN</t>
+  </si>
+  <si>
+    <t>TORRALBA DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>CALZADA DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>Asociación Musical Santa Cecilia</t>
+  </si>
+  <si>
+    <t>PORZUNA</t>
+  </si>
+  <si>
+    <t>Consultorio Médico</t>
+  </si>
+  <si>
+    <t>SOCUELLAMOS</t>
+  </si>
+  <si>
+    <t>IES Maestre de Calatrava</t>
+  </si>
+  <si>
+    <t>PICON</t>
+  </si>
+  <si>
+    <t>DAIMIEL</t>
+  </si>
+  <si>
+    <t>Salón Multiusos</t>
+  </si>
+  <si>
+    <t>Centro de Día Santa Ana</t>
+  </si>
+  <si>
+    <t>Diputación de Ciudad Real</t>
+  </si>
+  <si>
+    <t>Auditorio Reina Sofia</t>
+  </si>
+  <si>
+    <t>Pabellón Ferial</t>
+  </si>
+  <si>
+    <t>HORCHE</t>
+  </si>
+  <si>
+    <t>ANTIGUAS ESCUELAS</t>
+  </si>
+  <si>
+    <t>CHILOECHES</t>
+  </si>
+  <si>
+    <t>CASA CULTURAL</t>
+  </si>
+  <si>
+    <t>SACEDON</t>
+  </si>
+  <si>
+    <t>ALOVERA</t>
+  </si>
+  <si>
+    <t>CENTRO DE MAYORES</t>
+  </si>
+  <si>
+    <t>FONTANAR</t>
+  </si>
+  <si>
+    <t>Viernes, 20 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>VALDELUZ</t>
+  </si>
+  <si>
+    <t>CENTRO MULTIUSOS</t>
+  </si>
+  <si>
+    <t>JADRAQUE</t>
+  </si>
+  <si>
+    <t>QUINTANAR DE LA ORDEN</t>
+  </si>
+  <si>
+    <t>ALCOLEA DE TAJO</t>
+  </si>
+  <si>
+    <t>CORRAL DE ALMAGUER</t>
+  </si>
+  <si>
+    <t>DOSBARRIOS</t>
+  </si>
+  <si>
+    <t>CALERA Y CHOZAS</t>
+  </si>
+  <si>
+    <t>ARGES</t>
+  </si>
+  <si>
+    <t>Viernes, 6 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>PEPINO</t>
+  </si>
+  <si>
+    <t>SANTA CRUZ DE LA ZARZA</t>
+  </si>
+  <si>
+    <t>EDIFICIO PÓSITO</t>
+  </si>
+  <si>
+    <t>ESQUIVIAS</t>
+  </si>
+  <si>
+    <t>COBEJA</t>
+  </si>
+  <si>
+    <t>CASTILLO DE BAYUELA</t>
+  </si>
+  <si>
+    <t>SONSECA</t>
+  </si>
+  <si>
+    <t>CENTRO CULTURAL LA VILLA</t>
+  </si>
+  <si>
+    <t>LAGARTERA</t>
+  </si>
+  <si>
+    <t>Viernes, 13 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>TURLEQUE</t>
+  </si>
+  <si>
+    <t>AULAS CULTURALES</t>
+  </si>
+  <si>
+    <t>PANTOJA</t>
+  </si>
+  <si>
+    <t>MAGAN</t>
+  </si>
+  <si>
+    <t>LOS REFRESCOS</t>
+  </si>
+  <si>
+    <t>TORRICO</t>
+  </si>
+  <si>
+    <t>AJOFRIN</t>
+  </si>
+  <si>
+    <t>VILLASEQUILLA</t>
+  </si>
+  <si>
+    <t>CENTRO POLIVALENTE</t>
+  </si>
+  <si>
+    <t>CAZALEGAS</t>
+  </si>
+  <si>
+    <t>MENASALBAS</t>
+  </si>
+  <si>
+    <t>COLEGIO CARMELITAS</t>
+  </si>
+  <si>
+    <t>ESPACIO CREACIÓN JOVEN</t>
+  </si>
+  <si>
+    <t>TALAVERA LA NUEVA</t>
+  </si>
+  <si>
+    <t>MIGUEL ESTEBAN</t>
+  </si>
+  <si>
+    <t>TORRIJOS</t>
+  </si>
+  <si>
+    <t>Viernes, 27 Febrero, 2026</t>
+  </si>
+  <si>
+    <t>SANTA OLALLA</t>
+  </si>
+  <si>
+    <t>LUDOTECA</t>
+  </si>
+  <si>
+    <t>LA SOCIEDAD</t>
+  </si>
+  <si>
+    <t>Suspendida por nevada</t>
+  </si>
+  <si>
+    <t>Lunes, 2 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>MORA</t>
+  </si>
+  <si>
+    <t>CENTRO CULTURAL JUAN XXIII</t>
+  </si>
+  <si>
+    <t>Martes, 3 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>AYUNTAMIENTO - SALÓN CULTURAL</t>
+  </si>
+  <si>
+    <t>EBORA FORMACIÓN - GIMNASIO</t>
+  </si>
+  <si>
+    <t>Miércoles, 4 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>CONSUEGRA</t>
+  </si>
+  <si>
+    <t>Jueves, 5 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>UNIVERSIDAD - AULA DE PRÁCTICAS</t>
+  </si>
+  <si>
+    <t>Viernes, 6 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>CASARRUBIOS DEL MONTE</t>
+  </si>
+  <si>
+    <t>Lunes, 9 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>MATA,LA</t>
+  </si>
+  <si>
+    <t>VILLACAÑAS</t>
+  </si>
+  <si>
+    <t>Martes, 10 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>Miércoles, 11 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>FUENSALIDA</t>
+  </si>
+  <si>
+    <t>COLEGIO - SALÓN</t>
+  </si>
+  <si>
+    <t>Jueves, 12 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>Viernes, 13 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>CEBOLLA</t>
+  </si>
+  <si>
+    <t>Lunes, 16 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>HUERTA DE VALDECARABANOS</t>
+  </si>
+  <si>
+    <t>Martes, 17 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>ALCAUDETE DE LA JARA</t>
+  </si>
+  <si>
+    <t>VILLALUENGA DE LA SAGRA</t>
+  </si>
+  <si>
+    <t>Miércoles, 18 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>OCAÑA</t>
+  </si>
+  <si>
+    <t>Jueves, 19 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>BELVIS DE LA JARA</t>
+  </si>
+  <si>
+    <t>Viernes, 20 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>AZUCAICA - CENTRO CÍVICO</t>
+  </si>
+  <si>
+    <t>Lunes, 23 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>BURUJON</t>
+  </si>
+  <si>
+    <t>Martes, 24 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>NAVAHERMOSA</t>
+  </si>
+  <si>
+    <t>PATROCINIO - CENTRO SOCIAL</t>
+  </si>
+  <si>
+    <t>Miércoles, 25 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>MENTRIDA</t>
+  </si>
+  <si>
+    <t>OLIAS DEL REY</t>
+  </si>
+  <si>
+    <t>Jueves, 26 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>Viernes, 27 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>CARPIO DE TAJO,EL</t>
+  </si>
+  <si>
+    <t>NAVALUCILLOS,LOS</t>
+  </si>
+  <si>
+    <t>Lunes, 30 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>MOCEJON</t>
+  </si>
+  <si>
+    <t>Martes, 31 Marzo, 2026</t>
+  </si>
+  <si>
+    <t>OROPESA</t>
+  </si>
+  <si>
+    <t>Toledo</t>
+  </si>
+  <si>
+    <t>CENTRO DE ESPECIALIDADES</t>
+  </si>
+  <si>
+    <t>CARRION DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>Salón de Usos Múltiples</t>
+  </si>
+  <si>
+    <t>Nuevos Ministerios</t>
+  </si>
+  <si>
+    <t>ALMAGRO</t>
+  </si>
+  <si>
+    <t>Colegio SAFA</t>
+  </si>
+  <si>
+    <t>ALMADEN</t>
+  </si>
+  <si>
+    <t>UCLM - Biblioteca General</t>
+  </si>
+  <si>
+    <t>17:00-20:00</t>
+  </si>
+  <si>
+    <t>Colegio María Inmaculada</t>
+  </si>
+  <si>
+    <t>VILLANUEVA DE LA FUENTE</t>
+  </si>
+  <si>
+    <t>ALMODOVAR DEL CAMPO</t>
+  </si>
+  <si>
+    <t>IES San Juan Bautista</t>
+  </si>
+  <si>
+    <t>Base Aérea</t>
+  </si>
+  <si>
+    <t>PEDRO MUÑOZ</t>
+  </si>
+  <si>
+    <t>Parroquia San José</t>
+  </si>
+  <si>
+    <t>POBLETE</t>
+  </si>
+  <si>
+    <t>Centro Social</t>
+  </si>
+  <si>
+    <t>Escuela de Arte</t>
+  </si>
+  <si>
+    <t>CASTELLAR DE SANTIAGO</t>
+  </si>
+  <si>
+    <t>SAN CARLOS DEL VALLE</t>
+  </si>
+  <si>
+    <t>BOLAÑOS DE CALATRAVA</t>
+  </si>
+  <si>
+    <t>MIGUELTURRA</t>
+  </si>
+  <si>
+    <t>Ciudad Real</t>
+  </si>
+  <si>
+    <t>Centro CERE</t>
+  </si>
+  <si>
+    <t>SISANTE</t>
+  </si>
+  <si>
+    <t>Casa de la Juventud</t>
+  </si>
+  <si>
+    <t>ALBERCA DE ZANCARA,LA</t>
+  </si>
+  <si>
+    <t>Centro Médico</t>
+  </si>
+  <si>
+    <t>PROVENCIO,EL</t>
+  </si>
+  <si>
+    <t>CAÑETE</t>
+  </si>
+  <si>
+    <t>La Serrana</t>
+  </si>
+  <si>
+    <t>SAN LORENZO DE LA PARRILLA</t>
+  </si>
+  <si>
+    <t>Cuenca</t>
+  </si>
+  <si>
+    <t>Colecta recuperada por suspensión en enero debido a nevada</t>
+  </si>
+  <si>
+    <t>MARCHAMALO</t>
+  </si>
+  <si>
+    <t>PIOZ</t>
+  </si>
+  <si>
+    <t>ALBALATE DE ZORITA</t>
+  </si>
+  <si>
+    <t>CENTRO DE SERVICIOS MÚLTIPLES</t>
+  </si>
+  <si>
+    <t>MONDEJAR</t>
+  </si>
+  <si>
+    <t>MOLINA DE ARAGON</t>
+  </si>
+  <si>
+    <t>EDIFICIO DE SERVICIOS MÚLTIPLES</t>
+  </si>
+  <si>
+    <t>Guadalajara</t>
+  </si>
+  <si>
+    <t>EIFFAGE ENERGÍA SISTEMAS - SALA LAMARR</t>
+  </si>
+  <si>
+    <t>SOCOVOS</t>
+  </si>
+  <si>
+    <t>CASAS DE VES</t>
+  </si>
+  <si>
+    <t>OSSA DE MONTIEL</t>
+  </si>
+  <si>
+    <t>MADRIGUERAS</t>
+  </si>
+  <si>
+    <t>COLEGIO CONSTITUCIÓN ESPAÑOLA</t>
+  </si>
+  <si>
+    <t>MUNERA</t>
+  </si>
+  <si>
+    <t>BONILLO,EL</t>
+  </si>
+  <si>
+    <t>HIGUERUELA</t>
+  </si>
+  <si>
+    <t>POZO CAÑADA</t>
+  </si>
+  <si>
+    <t>SALA MAGNA</t>
+  </si>
+  <si>
+    <t>MINAYA</t>
+  </si>
+  <si>
+    <t>AUDITORIO "HELIODORO VILLODRE PASTOR"</t>
+  </si>
+  <si>
+    <t>MAHORA</t>
+  </si>
+  <si>
+    <t>AUDITORIO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>CASAS-IBAÑEZ</t>
+  </si>
+  <si>
+    <t>FUENTEALBILLA</t>
+  </si>
+  <si>
+    <t>Albacete</t>
+  </si>
+  <si>
+    <t>POLIDEPORTIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>COLEGIO "SAN AGUSTÍN"</t>
+  </si>
+  <si>
+    <t>CEIP "TÓMAS NAVARRO TÓMAS"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -855,1741 +1542,5741 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F92"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A45" sqref="A45:XFD52"/>
+    <sheetView topLeftCell="A10" workbookViewId="0">
+      <selection activeCell="E42" sqref="E42"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15" style="2" customWidth="1"/>
     <col min="4" max="4" width="33.7109375" style="2" customWidth="1"/>
     <col min="5" max="5" width="42.42578125" style="2" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="2" spans="1:6">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>52</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>54</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="4" spans="1:6">
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="5" spans="1:6">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="6" spans="1:6">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>59</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="7" spans="1:6">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>65</v>
       </c>
     </row>
-    <row r="9" spans="1:6">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="10" spans="1:6">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>67</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="11" spans="1:6">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>72</v>
       </c>
     </row>
-    <row r="12" spans="1:6">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="13" spans="1:6">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="14" spans="1:6">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="15" spans="1:6" s="1" customFormat="1">
+    <row r="15" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="16" spans="1:6" s="1" customFormat="1">
+    <row r="16" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A16" s="3" t="s">
         <v>6</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>11</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="17" spans="1:6" s="1" customFormat="1">
+    <row r="17" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="18" spans="1:6" s="1" customFormat="1">
+    <row r="18" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A18" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="19" spans="1:6" s="1" customFormat="1">
+    <row r="19" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A19" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="20" spans="1:6" s="1" customFormat="1">
+    <row r="20" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="21" spans="1:6" s="1" customFormat="1">
+    <row r="21" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="22" spans="1:6" s="1" customFormat="1">
+    <row r="22" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="23" spans="1:6" s="1" customFormat="1">
+    <row r="23" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="24" spans="1:6" s="1" customFormat="1">
+    <row r="24" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="25" spans="1:6" s="1" customFormat="1">
+    <row r="25" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="26" spans="1:6" s="1" customFormat="1">
+    <row r="26" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="3" t="s">
         <v>31</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="27" spans="1:6" s="1" customFormat="1">
+    <row r="27" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="28" spans="1:6" s="1" customFormat="1">
+    <row r="28" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="29" spans="1:6" s="1" customFormat="1">
+    <row r="29" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>36</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="30" spans="1:6" s="1" customFormat="1">
+    <row r="30" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A30" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>8</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>38</v>
       </c>
     </row>
-    <row r="31" spans="1:6" s="1" customFormat="1">
+    <row r="31" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A31" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="32" spans="1:6" s="1" customFormat="1">
+    <row r="32" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>42</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="33" spans="1:6" s="1" customFormat="1">
+    <row r="33" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A33" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="34" spans="1:6" s="1" customFormat="1">
+    <row r="34" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A34" s="3" t="s">
         <v>44</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="35" spans="1:6" s="1" customFormat="1">
+    <row r="35" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A35" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="36" spans="1:6" s="1" customFormat="1">
+    <row r="36" spans="1:6" s="1" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="3" t="s">
         <v>45</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>46</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="37" spans="1:6">
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="38" spans="1:6">
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>142</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="39" spans="1:6">
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>144</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="40" spans="1:6">
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="41" spans="1:6">
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>147</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="42" spans="1:6">
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="43" spans="1:6">
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>151</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="44" spans="1:6">
+    <row r="44" spans="1:6" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>152</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>154</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>153</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>12</v>
       </c>
-    </row>
-    <row r="45" spans="1:6">
+      <c r="F44" s="2" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>155</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="46" spans="1:6">
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="47" spans="1:6">
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>159</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="48" spans="1:6">
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="49" spans="1:6">
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="50" spans="1:6">
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>162</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="51" spans="1:6">
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>163</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="52" spans="1:6">
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>160</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="53" spans="1:6">
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>80</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="54" spans="1:6">
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="55" spans="1:6">
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="56" spans="1:6">
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="57" spans="1:6">
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>84</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="58" spans="1:6">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>87</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="59" spans="1:6">
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
         <v>16</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>89</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="60" spans="1:6">
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>91</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="61" spans="1:6">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="62" spans="1:6">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>93</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="63" spans="1:6">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="64" spans="1:6">
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="65" spans="1:6">
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>94</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="66" spans="1:6">
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="67" spans="1:6">
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>95</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="68" spans="1:6">
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>96</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="69" spans="1:6">
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>92</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="70" spans="1:6">
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>97</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="71" spans="1:6">
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>99</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="72" spans="1:6">
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>100</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="73" spans="1:6">
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="74" spans="1:6">
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="75" spans="1:6">
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>104</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="76" spans="1:6">
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="77" spans="1:6">
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>106</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="78" spans="1:6">
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>101</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="79" spans="1:6">
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="80" spans="1:6">
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>109</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="81" spans="1:6">
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>111</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="82" spans="1:6">
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A82" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>112</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="83" spans="1:6">
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>114</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="84" spans="1:6">
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="85" spans="1:6">
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A85" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>118</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="86" spans="1:6">
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C86" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>120</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="87" spans="1:6">
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>121</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="88" spans="1:6">
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>123</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="89" spans="1:6">
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>124</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="90" spans="1:6">
+    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A90" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>126</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="91" spans="1:6">
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A91" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>85</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="92" spans="1:6">
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A92" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>79</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>130</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:G92"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:F101"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="F2" sqref="F2"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
-  <sheetData/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="23.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="26.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" customWidth="1"/>
+    <col min="4" max="4" width="28" customWidth="1"/>
+    <col min="5" max="5" width="69.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>238</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>241</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>245</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F70" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>249</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A76" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A78" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A79" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A91" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A92" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A93" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A94" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A95" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A96" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A97" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A98" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F98" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:G101"/>
+  <sortState ref="A2:I103">
+    <sortCondition ref="C2:C103"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:H111"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B12" sqref="B12"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
-  <sheetData/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="23.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="26.42578125" customWidth="1"/>
+    <col min="2" max="2" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="14.28515625" customWidth="1"/>
+    <col min="4" max="4" width="28" customWidth="1"/>
+    <col min="5" max="5" width="69.5703125" customWidth="1"/>
+    <col min="6" max="6" width="21.7109375" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:7" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A2" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D2" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F2" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A3" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="F3" s="2"/>
+      <c r="G3" s="1"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="E4" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F4" s="2"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A5" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" s="2"/>
+      <c r="G5" s="1"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" s="2"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A7" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="F7" s="2"/>
+      <c r="G7" s="1"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A9" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A11" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A13" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="14" spans="1:7" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>388</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B19" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="F20" s="2"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="F21" s="2"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E24" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F24" s="2"/>
+      <c r="G24"/>
+      <c r="H24"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B25" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E25" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F26" s="2"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B27" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F28" s="2"/>
+      <c r="G28" s="1"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B29" s="2" t="s">
+        <v>333</v>
+      </c>
+      <c r="C29" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F29" s="2"/>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="F30" s="2"/>
+      <c r="G30" s="1"/>
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B31" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C31" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>335</v>
+      </c>
+      <c r="E31" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F31" s="2"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="F32" s="2"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B33" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D33" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="F33" s="2"/>
+      <c r="G33" s="1"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" s="2"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C35" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F35" s="2"/>
+      <c r="G35" s="1"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="F36" s="2"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="F37" s="2"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>344</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="F38" s="2"/>
+      <c r="G38" s="1"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F39" s="2"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D40" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="E40" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="E41" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G41" s="1"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="E42" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G43" s="1"/>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A44" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="E44" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F44" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E45" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="F45" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G46" s="1"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="F49" s="2"/>
+      <c r="G49" s="1"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="F50" s="2"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="F51" s="2"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F52" s="2"/>
+      <c r="G52" s="1"/>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F53" s="2"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" s="2"/>
+      <c r="G54" s="1"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B55" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F55" s="2"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F56" s="2"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A57" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="F57" s="2"/>
+      <c r="G57" s="1"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A58" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F58" s="2"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A59" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F59" s="2"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="F60" s="2"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F61" s="2"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F62" s="2"/>
+      <c r="G62" s="1"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A63" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G63" s="2"/>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A64" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F64" s="2"/>
+      <c r="G64" s="2"/>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A65" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A66" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="F66" s="2"/>
+      <c r="G66" s="2"/>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F67" s="2"/>
+      <c r="G67" s="2"/>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F68" s="2"/>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A69" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G69" s="2"/>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A70" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G70" s="2"/>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A71" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A72" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F72" s="2"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F73" s="2"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A74" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F74" s="2"/>
+      <c r="G74" s="2"/>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F75" s="2"/>
+      <c r="G75" s="2"/>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A76" s="2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A77" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>247</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="F77" s="2"/>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G78" s="2"/>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F79" s="2"/>
+      <c r="G79" s="2"/>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A80" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G80" s="2"/>
+    </row>
+    <row r="81" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A81" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F81" s="2"/>
+    </row>
+    <row r="82" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A82" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G82" s="2"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A83" s="2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F83" s="2"/>
+    </row>
+    <row r="84" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A84" s="2" t="s">
+        <v>295</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F84" s="2"/>
+    </row>
+    <row r="85" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A85" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F85" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="G85" s="1"/>
+      <c r="H85" s="1"/>
+    </row>
+    <row r="86" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A86" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F86" s="2"/>
+      <c r="G86" s="2"/>
+    </row>
+    <row r="87" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A87" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F87" s="2"/>
+      <c r="G87" s="1"/>
+    </row>
+    <row r="88" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A88" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>261</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A89" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G89" s="2"/>
+    </row>
+    <row r="90" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A90" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>303</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G90" s="2"/>
+    </row>
+    <row r="91" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A91" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F91" s="2"/>
+    </row>
+    <row r="92" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A92" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F92" s="2"/>
+      <c r="G92" s="2"/>
+    </row>
+    <row r="93" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A93" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E93" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F93" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G93" s="2"/>
+    </row>
+    <row r="94" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A94" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F94" s="2"/>
+      <c r="G94" s="1"/>
+    </row>
+    <row r="95" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A95" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F95" s="2"/>
+      <c r="G95" s="2"/>
+    </row>
+    <row r="96" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A96" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F96" s="2"/>
+    </row>
+    <row r="97" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A97" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A98" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F98" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G98" s="1"/>
+    </row>
+    <row r="99" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A99" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F99" s="2"/>
+      <c r="G99" s="2"/>
+    </row>
+    <row r="100" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A100" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="E100" s="2" t="s">
+        <v>312</v>
+      </c>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+    </row>
+    <row r="101" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A101" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>314</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F101" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="G101" s="2"/>
+    </row>
+    <row r="102" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A102" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D102" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F102" s="2"/>
+    </row>
+    <row r="103" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A103" s="2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A104" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D104" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F104" s="2"/>
+    </row>
+    <row r="105" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A105" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D105" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F105" s="2"/>
+    </row>
+    <row r="106" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A106" s="2" t="s">
+        <v>317</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="E106" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F106" s="2"/>
+    </row>
+    <row r="107" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A107" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D107" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="E107" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F107" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A108" s="2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D108" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="E108" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F108" s="2"/>
+    </row>
+    <row r="109" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A109" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F109" s="2"/>
+    </row>
+    <row r="110" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A110" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F110" s="2"/>
+    </row>
+    <row r="111" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A111" s="2" t="s">
+        <v>322</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:G111"/>
+  <sortState ref="A2:H111">
+    <sortCondition ref="C2:C111"/>
+  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Enero</vt:lpstr>
-      <vt:lpstr>Hoja2</vt:lpstr>
-      <vt:lpstr>Hoja3</vt:lpstr>
+      <vt:lpstr>Febrero</vt:lpstr>
+      <vt:lpstr>Marzo</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>nchd01</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>